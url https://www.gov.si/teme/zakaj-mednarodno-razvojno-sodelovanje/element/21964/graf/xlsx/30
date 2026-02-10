--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -6,57 +6,62 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
-  <definedNames/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$D$1</definedName>
+  </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+  <si>
+    <t>Leto</t>
+  </si>
   <si>
     <t>Dvostranska pomoč</t>
   </si>
   <si>
     <t>Večstranska pomoč</t>
   </si>
   <si>
     <t>Skupaj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -365,247 +370,287 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
-  <sheetPr>
+  <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:15">
-      <c r="B1">
+    <row r="1" spans="1:4">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2">
         <v>2010</v>
-      </c>
-[...42 lines deleted...]
-        <v>0</v>
       </c>
       <c r="B2">
         <v>17.87</v>
       </c>
       <c r="C2">
+        <v>27.47</v>
+      </c>
+      <c r="D2">
+        <v>45.34</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3">
+        <v>2011</v>
+      </c>
+      <c r="B3">
         <v>13.53</v>
-      </c>
-[...42 lines deleted...]
-        <v>27.47</v>
       </c>
       <c r="C3">
         <v>31.58</v>
       </c>
       <c r="D3">
+        <v>45.11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4">
+        <v>2012</v>
+      </c>
+      <c r="B4">
+        <v>14.86</v>
+      </c>
+      <c r="C4">
         <v>30.62</v>
-      </c>
-[...42 lines deleted...]
-        <v>45.11</v>
       </c>
       <c r="D4">
         <v>45.48</v>
       </c>
-      <c r="E4">
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5">
+        <v>2013</v>
+      </c>
+      <c r="B5">
+        <v>15.35</v>
+      </c>
+      <c r="C5">
+        <v>30.87</v>
+      </c>
+      <c r="D5">
         <v>46.22</v>
       </c>
-      <c r="F4">
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6">
+        <v>2014</v>
+      </c>
+      <c r="B6">
+        <v>15.19</v>
+      </c>
+      <c r="C6">
+        <v>31.19</v>
+      </c>
+      <c r="D6">
         <v>46.38</v>
       </c>
-      <c r="G4">
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7">
+        <v>2015</v>
+      </c>
+      <c r="B7">
+        <v>22.62</v>
+      </c>
+      <c r="C7">
+        <v>34.43</v>
+      </c>
+      <c r="D7">
         <v>57.05</v>
       </c>
-      <c r="H4">
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8">
+        <v>2016</v>
+      </c>
+      <c r="B8">
+        <v>25.22</v>
+      </c>
+      <c r="C8">
+        <v>48.33</v>
+      </c>
+      <c r="D8">
         <v>73.55</v>
       </c>
-      <c r="I4">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9">
+        <v>2017</v>
+      </c>
+      <c r="B9">
+        <v>22.11</v>
+      </c>
+      <c r="C9">
+        <v>45.12</v>
+      </c>
+      <c r="D9">
         <v>67.23</v>
       </c>
-      <c r="J4">
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10">
+        <v>2018</v>
+      </c>
+      <c r="B10">
+        <v>24.81</v>
+      </c>
+      <c r="C10">
+        <v>45.95</v>
+      </c>
+      <c r="D10">
         <v>70.76</v>
       </c>
-      <c r="K4">
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11">
+        <v>2019</v>
+      </c>
+      <c r="B11">
+        <v>27.76</v>
+      </c>
+      <c r="C11">
+        <v>50.61</v>
+      </c>
+      <c r="D11">
         <v>78.37</v>
       </c>
-      <c r="L4">
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12">
+        <v>2020</v>
+      </c>
+      <c r="B12">
+        <v>26.49</v>
+      </c>
+      <c r="C12">
+        <v>53.12</v>
+      </c>
+      <c r="D12">
         <v>79.61</v>
       </c>
-      <c r="M4">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13">
+        <v>2021</v>
+      </c>
+      <c r="B13">
+        <v>38.96</v>
+      </c>
+      <c r="C13">
+        <v>59.29</v>
+      </c>
+      <c r="D13">
         <v>98.25</v>
       </c>
-      <c r="N4">
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14">
+        <v>2022</v>
+      </c>
+      <c r="B14">
+        <v>82.31</v>
+      </c>
+      <c r="C14">
+        <v>77.34</v>
+      </c>
+      <c r="D14">
         <v>159.65</v>
       </c>
-      <c r="O4">
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15">
+        <v>2023</v>
+      </c>
+      <c r="B15">
+        <v>64.27</v>
+      </c>
+      <c r="C15">
+        <v>88.44</v>
+      </c>
+      <c r="D15">
         <v>152.7</v>
       </c>
     </row>
+    <row r="16" spans="1:4">
+      <c r="A16">
+        <v>2024</v>
+      </c>
+      <c r="B16">
+        <v>51.36</v>
+      </c>
+      <c r="C16">
+        <v>101.45</v>
+      </c>
+      <c r="D16">
+        <v>152.81</v>
+      </c>
+    </row>
   </sheetData>
+  <autoFilter ref="A1:D1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>