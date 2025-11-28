--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -394,151 +394,119 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>0</v>
-[...30 lines deleted...]
-      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="B3">
+      <c r="B2">
         <v>351.6</v>
       </c>
-      <c r="C3">
+      <c r="C2">
         <v>111.4</v>
       </c>
-      <c r="D3">
+      <c r="D2">
         <v>83.1</v>
       </c>
-      <c r="E3">
+      <c r="E2">
         <v>35</v>
       </c>
-      <c r="F3">
+      <c r="F2">
         <v>35</v>
       </c>
-      <c r="G3">
+      <c r="G2">
         <v>26.4</v>
       </c>
-      <c r="H3">
+      <c r="H2">
         <v>17.9</v>
       </c>
-      <c r="I3">
+      <c r="I2">
         <v>14</v>
       </c>
-      <c r="J3">
+      <c r="J2">
         <v>0.95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>