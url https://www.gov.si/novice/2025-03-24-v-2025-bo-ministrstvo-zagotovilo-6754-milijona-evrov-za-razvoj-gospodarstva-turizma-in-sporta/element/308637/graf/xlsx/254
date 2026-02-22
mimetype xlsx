--- v1 (2025-11-28)
+++ v2 (2026-02-22)
@@ -37,57 +37,57 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Področje</t>
   </si>
   <si>
     <t xml:space="preserve">Podjetništvo </t>
   </si>
   <si>
     <t>Raziskave in razvoj</t>
   </si>
   <si>
     <t xml:space="preserve">Gospodarsko prestrukturiranje premogovnih regij </t>
   </si>
   <si>
     <t>Lesarstvo</t>
   </si>
   <si>
     <t>Turizem</t>
   </si>
   <si>
     <t>Šport</t>
   </si>
   <si>
-    <t>Digitalizacija MSP</t>
-[...1 lines deleted...]
-  <si>
     <t>Internacionalizacija</t>
   </si>
   <si>
     <t>Rokodelstvo</t>
+  </si>
+  <si>
+    <t>Socialno podjetništvo</t>
   </si>
   <si>
     <t>mio evrov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -439,75 +439,75 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>351.6</v>
+        <v>656</v>
       </c>
       <c r="C2">
-        <v>111.4</v>
+        <v>167.8</v>
       </c>
       <c r="D2">
-        <v>83.1</v>
+        <v>14.4</v>
       </c>
       <c r="E2">
-        <v>35</v>
+        <v>33.7</v>
       </c>
       <c r="F2">
-        <v>35</v>
+        <v>25.1</v>
       </c>
       <c r="G2">
-        <v>26.4</v>
+        <v>46.8</v>
       </c>
       <c r="H2">
-        <v>17.9</v>
+        <v>10.3</v>
       </c>
       <c r="I2">
-        <v>14</v>
+        <v>0.95</v>
       </c>
       <c r="J2">
-        <v>0.95</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>